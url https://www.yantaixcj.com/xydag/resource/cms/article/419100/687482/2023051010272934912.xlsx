--- v0 (2026-01-12)
+++ v1 (2026-01-12)
@@ -1,25 +1,65 @@
+
+<file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
+<Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+</Types>
+</file>
+
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+</file>
+
+<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
+  <bookViews>
+    <workbookView xWindow="240" yWindow="105" windowWidth="14805" windowHeight="8010"/>
+  </bookViews>
+  <sheets>
+    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
+    <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
+    <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
+  </sheets>
+  <definedNames>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">Sheet1!$1:$2</definedName>
+  </definedNames>
+  <calcPr calcId="122211"/>
+</workbook>
+</file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="20">
   <si>
     <t>序号</t>
   </si>
   <si>
     <t>部门/学院</t>
   </si>
   <si>
     <t>姓名</t>
   </si>
   <si>
     <t>份数</t>
   </si>
   <si>
     <t>页数</t>
   </si>
   <si>
     <t>备注</t>
   </si>
   <si>
     <t xml:space="preserve">移交人：                                                                      </t>
   </si>
   <si>
@@ -451,50 +491,347 @@
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="常规" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题​​">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="1F497D"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEECE1"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4F81BD"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="C0504D"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="9BBB59"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="8064A2"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4BACC6"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="F79646"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0000FF"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="800080"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+</a:theme>
+</file>
+
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:L20"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A20" sqref="A20:J20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
     <col min="2" max="2" width="20" customWidth="1"/>
     <col min="3" max="3" width="11.125" customWidth="1"/>
     <col min="4" max="4" width="11.375" customWidth="1"/>
     <col min="5" max="5" width="22" customWidth="1"/>
     <col min="6" max="6" width="28.75" customWidth="1"/>
     <col min="7" max="7" width="14.375" customWidth="1"/>
     <col min="8" max="8" width="6" customWidth="1"/>
     <col min="9" max="9" width="6.5" customWidth="1"/>
     <col min="10" max="10" width="8.125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="41.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A1" s="15" t="s">
         <v>10</v>